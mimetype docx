--- v0 (2025-10-10)
+++ v1 (2026-01-18)
@@ -5,80 +5,86 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="67F23E7B" w14:textId="77777777" w:rsidR="00A078DA" w:rsidRPr="001241DA" w:rsidRDefault="00BB46F7" w:rsidP="006E77F5">
+    <w:p w14:paraId="67F23E7B" w14:textId="339A10DC" w:rsidR="00A078DA" w:rsidRPr="001241DA" w:rsidRDefault="00BB46F7" w:rsidP="006E77F5">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001241DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Hauptüberschrift</w:t>
       </w:r>
       <w:r w:rsidR="00A078DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A078DA" w:rsidRPr="00A078DA">
-        <w:t>(max. 90 Anschläge)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00896332">
+        <w:t>ca</w:t>
+      </w:r>
+      <w:r w:rsidR="00A078DA" w:rsidRPr="00A078DA">
+        <w:t>. 90 Anschläge)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5353E00E" w14:textId="3AB32F23" w:rsidR="00BB46F7" w:rsidRPr="0055664E" w:rsidRDefault="00BB46F7" w:rsidP="0055664E">
       <w:pPr>
         <w:spacing w:after="80"/>
       </w:pPr>
       <w:r w:rsidRPr="0055664E">
         <w:t>Vor</w:t>
       </w:r>
       <w:r w:rsidR="0087791B">
         <w:t xml:space="preserve">name Nachname, Vorname Nachname, </w:t>
       </w:r>
       <w:r w:rsidRPr="0055664E">
         <w:t>Vorname Nachname</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C3408E6" w14:textId="77777777" w:rsidR="001A3FC8" w:rsidRDefault="00B20F02" w:rsidP="00F24DB8">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055664E">
         <w:rPr>
@@ -336,1817 +342,1815 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Beispiel-Tabelle:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4747BCF0" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C" w:rsidP="00AA438C">
       <w:pPr>
         <w:pStyle w:val="302Tabellenberschriftdt001Fachartikel"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA438C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Tabelle 3: Messunsicherheit und systematische Messabweichung der Volumenmessung bei neu modellierter Oberfläche nach jedem Scan (n = 4)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1709"/>
+        <w:gridCol w:w="1182"/>
+        <w:gridCol w:w="2041"/>
+        <w:gridCol w:w="2098"/>
+        <w:gridCol w:w="2041"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA438C" w:rsidRPr="00B62159" w14:paraId="0A44D7FE" w14:textId="77777777" w:rsidTr="00BD5319">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26282B0A" w14:textId="3F8B2741" w:rsidR="00AA438C" w:rsidRPr="00B62159" w:rsidRDefault="00AA438C" w:rsidP="006E77F5">
+            <w:pPr>
+              <w:pStyle w:val="berschrift4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B62159">
+              <w:t xml:space="preserve">Zugefügtes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B62159">
+              <w:br/>
+              <w:t>Volumen aus Sand</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5319" w:rsidRPr="00BD5319">
+              <w:rPr>
+                <w:rFonts w:cs="CorpoSMed"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD5319" w:rsidRPr="00BD5319">
+              <w:rPr>
+                <w:rFonts w:cs="CorpoSMed"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="00B62159">
+              <w:t xml:space="preserve"> in dm³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E07EF07" w14:textId="2137910B" w:rsidR="00AA438C" w:rsidRPr="006E77F5" w:rsidRDefault="00AA438C" w:rsidP="006E77F5">
+            <w:pPr>
+              <w:pStyle w:val="berschrift4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006E77F5">
+              <w:t xml:space="preserve">Gescannte </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>Fläche</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>in dm2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4169DBED" w14:textId="6C338E36" w:rsidR="00AA438C" w:rsidRPr="006E77F5" w:rsidRDefault="00AA438C" w:rsidP="006E77F5">
+            <w:pPr>
+              <w:pStyle w:val="berschrift4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006E77F5">
+              <w:t>Arithmetisches Mittel des gemessenen</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="006E77F5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E77F5">
+              <w:t>Volumens</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="006E77F5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>in dm³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1526DAA8" w14:textId="600FF1A5" w:rsidR="00AA438C" w:rsidRPr="006E77F5" w:rsidRDefault="00AA438C" w:rsidP="006E77F5">
+            <w:pPr>
+              <w:pStyle w:val="berschrift4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006E77F5">
+              <w:t xml:space="preserve">Standardabweichung des </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>gemessenen Volumens</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>in dm³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="85" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="85" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0E9F246B" w14:textId="0E6DB14D" w:rsidR="00AA438C" w:rsidRPr="006E77F5" w:rsidRDefault="00AA438C" w:rsidP="006E77F5">
+            <w:pPr>
+              <w:pStyle w:val="berschrift4"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006E77F5">
+              <w:t xml:space="preserve">Mittlere Differenz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>zwischen Spalte 3 und 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B62159" w:rsidRPr="006E77F5">
+              <w:br/>
+              <w:t>in dm³</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA438C" w:rsidRPr="00AA438C" w14:paraId="5A149E69" w14:textId="77777777" w:rsidTr="00BD5319">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47121A4F" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="decimal" w:pos="680"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9,83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C882FF4" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="740"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>358,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA462A8" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1180"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>9,02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="506997A7" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>0,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEBCC96" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>-0,82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA438C" w:rsidRPr="00AA438C" w14:paraId="6AE63559" w14:textId="77777777" w:rsidTr="00BD5319">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640E0F2A" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="decimal" w:pos="680"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>19,62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A68A31D" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="740"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>358,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4655BE" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1180"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>21,17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04543B6F" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2,32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E78C9E5" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1,55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA438C" w:rsidRPr="00AA438C" w14:paraId="20DE5B5D" w14:textId="77777777" w:rsidTr="00BD5319">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C998B66" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="decimal" w:pos="680"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>29,24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49858978" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="740"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>358,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F78A07" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1180"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>30,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D76E252" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2,17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D52AF9" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1,09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA438C" w:rsidRPr="00AA438C" w14:paraId="44B3B8C3" w14:textId="77777777" w:rsidTr="00BD5319">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D63CE83" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="decimal" w:pos="680"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>38,92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F63541" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="740"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>358,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2865EB43" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1180"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>39,41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68FF2B59" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2,18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="202EF683" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>0,49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA438C" w:rsidRPr="00AA438C" w14:paraId="00DE4098" w14:textId="77777777" w:rsidTr="00BD5319">
+        <w:trPr>
+          <w:trHeight w:val="255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1709" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC3DB05" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="decimal" w:pos="680"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>48,62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1182" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB621EA" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="740"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>358,13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3FD257" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1180"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>49,19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E75469E" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2,52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2041" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="742314B4" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="00AA438C" w:rsidRDefault="00AA438C">
+            <w:pPr>
+              <w:pStyle w:val="304Tabellentext001Fachartikel"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="400"/>
+                <w:tab w:val="clear" w:pos="2000"/>
+                <w:tab w:val="decimal" w:pos="1040"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA438C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>0,57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="502A4E5B" w14:textId="0E0CF2FA" w:rsidR="00AA438C" w:rsidRDefault="00BD5319" w:rsidP="00AA438C">
+      <w:pPr>
+        <w:pStyle w:val="302Tabellenberschriftdt001Fachartikel"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA438C" w:rsidRPr="00AA438C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>Fußnoten zur Tabelle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036993E7" w14:textId="77777777" w:rsidR="00AA438C" w:rsidRPr="0087791B" w:rsidRDefault="00AA438C" w:rsidP="0087791B">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5025F24B" w14:textId="77777777" w:rsidR="00B20F02" w:rsidRPr="0055664E" w:rsidRDefault="00B20F02" w:rsidP="006E77F5">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:t>Schlussfolgerungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACD13AB" w14:textId="77777777" w:rsidR="00B20F02" w:rsidRPr="0055664E" w:rsidRDefault="00C17BA4" w:rsidP="0055664E">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Fazit, Ausblick auf weiterführe</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7436" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nde Untersuchungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08785A98" w14:textId="77777777" w:rsidR="00B20F02" w:rsidRPr="0055664E" w:rsidRDefault="00B20F02" w:rsidP="006E77F5">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:t>Literatur</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611FD089" w14:textId="4F3C88BA" w:rsidR="004C0EAB" w:rsidRPr="004C0EAB" w:rsidRDefault="004C0EAB" w:rsidP="004C0EAB">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literaturquellen </w:t>
+      </w:r>
+      <w:r w:rsidR="002455AA" w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB46F7" w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>alphabetisch</w:t>
+      </w:r>
+      <w:r w:rsidR="002455AA" w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>er Reihenfolge</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37579">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D37579" w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>aufführen</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA438C" w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (siehe </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="authorGuidelines" w:history="1">
+        <w:r w:rsidR="00D37579" w:rsidRPr="00D37579">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.agricultural-engineering.eu/landtechnik/about/submissions#authorGuidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0087791B" w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E452504" w14:textId="0423180B" w:rsidR="004C0EAB" w:rsidRPr="004C0EAB" w:rsidRDefault="0087206E" w:rsidP="004C0EAB">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bei Verwendung von Citavi: bitte Zitierstil „Landtechnik“ benutzen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C383A09" w14:textId="236922C2" w:rsidR="00B20F02" w:rsidRPr="004C0EAB" w:rsidRDefault="004C0EAB" w:rsidP="004C0EAB">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ei der Zitierung von Zeitschriftenartikeln:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DOI oder URL angeben</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64172350" w14:textId="77777777" w:rsidR="00B20F02" w:rsidRPr="0055664E" w:rsidRDefault="00B20F02" w:rsidP="006E77F5">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:t>Autoren</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B2AF2B" w14:textId="5394616F" w:rsidR="00B20F02" w:rsidRPr="0055664E" w:rsidRDefault="00B20F02" w:rsidP="0055664E">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Angabe der vollständigen Namen mit akad</w:t>
+      </w:r>
+      <w:r w:rsidR="006677A1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>emischen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Titeln, der Funktion/Tätigkeit</w:t>
+      </w:r>
+      <w:r w:rsidR="0055664E" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und der </w:t>
+      </w:r>
+      <w:r w:rsidR="002909E9" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anschrift der </w:t>
+      </w:r>
+      <w:r w:rsidR="0055664E" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:r w:rsidR="002909E9" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sowie die E-Mail-Adresse des </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B4B" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>korrespondierenden</w:t>
+      </w:r>
+      <w:r w:rsidR="002909E9" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF6EF2B" w14:textId="25EA97B9" w:rsidR="002909E9" w:rsidRPr="0055664E" w:rsidRDefault="002909E9" w:rsidP="006E77F5">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:t>Hinweise</w:t>
+      </w:r>
+      <w:r w:rsidR="006677A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C0EAB">
+        <w:t>oder</w:t>
+      </w:r>
+      <w:r w:rsidR="006677A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055664E">
+        <w:t>Danksagungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F4229B2" w14:textId="3B4F89A5" w:rsidR="008A094C" w:rsidRDefault="002455AA" w:rsidP="005D5E5E">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z. B. </w:t>
+      </w:r>
+      <w:r w:rsidR="000F1B5D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die </w:t>
+      </w:r>
+      <w:r w:rsidR="002909E9" w:rsidRPr="0055664E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Angabe von Fördermittelgebern</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0EAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Projektpartnern</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438D6588" w14:textId="77777777" w:rsidR="000C5846" w:rsidRPr="00896332" w:rsidRDefault="000C5846">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896332">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B935128" w14:textId="6C0F4F66" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00896332">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>approx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. 90 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9D5290" w14:textId="77777777" w:rsidR="008A094C" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uthor names </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F8AF45" w14:textId="77777777" w:rsidR="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="001A3FC8">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D8F664" w14:textId="502D7368" w:rsidR="001A3FC8" w:rsidRDefault="001A3FC8" w:rsidP="001A3FC8">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the abstract you present the most important points about the problem, material and methods, results, discussion and conclusion. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A094C" w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6775087F" w14:textId="1E7FC8C8" w:rsidR="008A094C" w:rsidRPr="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="001A3FC8">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract Abstract Abstract Abstract Abstract Abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3FC8" w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3FC8" w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3FC8" w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3FC8" w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021099A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (approx. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>900 characters)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD3D418" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7C5C08" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Approx. 4–5 keywords</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E38B67" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Main text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0967C8DC" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>please structure with subheadings (introduction without heading)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D915C9D" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please refer to tables, figures and literature sources (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Name 2019) in the text</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9AD1D1" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SI units not to be specified in square brackets, instead "in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>m³"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A703696" w14:textId="77777777" w:rsidR="008A094C" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Example table:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEAF57B" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="302Tabellenberschriftdt001Fachartikel"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E06539">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Table 3: Measurement uncertainty and systematic measurement deviation of the volume measurement with newly modelled surface after each scan (n = 4)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="1304"/>
         <w:gridCol w:w="2041"/>
         <w:gridCol w:w="2098"/>
         <w:gridCol w:w="2041"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA438C" w:rsidRPr="00B62159" w14:paraId="0A44D7FE" w14:textId="77777777" w:rsidTr="00AA438C">
-[...1740 lines deleted...]
-      <w:tr w:rsidR="008A094C" w:rsidRPr="000C5846" w14:paraId="503A4908" w14:textId="77777777" w:rsidTr="00E1471E">
+      <w:tr w:rsidR="008A094C" w:rsidRPr="00896332" w14:paraId="503A4908" w14:textId="77777777" w:rsidTr="00E1471E">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="85" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="85" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59D8331E" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00E06539" w:rsidRDefault="008A094C" w:rsidP="00E1471E">
             <w:pPr>
               <w:pStyle w:val="304Tabellentext001Fachartikel"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -3248,254 +3252,297 @@
           <w:p w14:paraId="79A982C4" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00AA438C" w:rsidRDefault="008A094C" w:rsidP="00E1471E">
             <w:pPr>
               <w:pStyle w:val="304Tabellentext001Fachartikel"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="400"/>
                 <w:tab w:val="clear" w:pos="2000"/>
                 <w:tab w:val="decimal" w:pos="1040"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA438C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>0,57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D0DB821" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="0087791B" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+    <w:p w14:paraId="6D0DB821" w14:textId="3C8F91AA" w:rsidR="008A094C" w:rsidRPr="00BD5319" w:rsidRDefault="008A094C" w:rsidP="008A094C">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0021099A">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5319">
         <w:rPr>
           <w:rFonts w:cs="CorpoSMed"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BD5319">
         <w:rPr>
           <w:rFonts w:cs="CorpoSMed"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021099A">
+      <w:r w:rsidR="00BD5319" w:rsidRPr="00BD5319">
         <w:rPr>
           <w:rFonts w:cs="CorpoSMed"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
-        </w:rPr>
-        <w:t>Footnotes to the table</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Table f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD5319">
+        <w:rPr>
+          <w:rFonts w:cs="CorpoSMed"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ootnotes</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5319">
+        <w:rPr>
+          <w:rFonts w:cs="CorpoSMed"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425DB7C2" w14:textId="77777777" w:rsidR="008A094C" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+    <w:p w14:paraId="425DB7C2" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="00BD5319" w:rsidRDefault="008A094C" w:rsidP="008A094C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="205F6B5D" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="008A094C" w:rsidRDefault="008A094C" w:rsidP="008A094C">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r w:rsidRPr="008A094C">
         <w:t>Conclusions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A6991E" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="008A094C" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+    <w:p w14:paraId="33DC8D80" w14:textId="77777777" w:rsidR="00BD5319" w:rsidRDefault="00BD5319" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD5319">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Summary of findings and outlook on future research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4CCE92" w14:textId="62C17CC5" w:rsidR="008A094C" w:rsidRPr="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3FC8">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269D7322" w14:textId="54D3ED6E" w:rsidR="008A094C" w:rsidRPr="0021099A" w:rsidRDefault="00896332" w:rsidP="008A094C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A094C">
+      <w:r w:rsidRPr="00896332">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Bottom line, outlook on further investigations</w:t>
-[...18 lines deleted...]
-        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:t>List references in alphabetical order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896332">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A094C" w:rsidRPr="0021099A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...15 lines deleted...]
-      <w:r>
+        <w:t>(for citation see author's information</w:t>
+      </w:r>
+      <w:r w:rsidR="008A094C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="authorGuidelines" w:history="1">
         <w:r w:rsidR="00D23942">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://www.agricultural-engineering.eu/landtechnik/about/submissions#authorGuidelines</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0021099A">
+      <w:r w:rsidR="008A094C" w:rsidRPr="0021099A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0156ACC2" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="008A094C">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A3FC8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Authors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752E33F0" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="008A094C" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+    <w:p w14:paraId="752E33F0" w14:textId="360C10D3" w:rsidR="008A094C" w:rsidRPr="008A094C" w:rsidRDefault="00896332" w:rsidP="008A094C">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A094C">
+      <w:r w:rsidRPr="00896332">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Full names with academic titles, function/activity and address of the institution and the e-mail address of the corresponding author.</w:t>
+        <w:t>Provide the full names including academic titles, positions/roles, and institutional affiliations, as well as the email address of the corresponding author</w:t>
+      </w:r>
+      <w:r w:rsidR="008A094C" w:rsidRPr="008A094C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088B7780" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="001A3FC8" w:rsidRDefault="008A094C" w:rsidP="008A094C">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A3FC8">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Notes or acknowledgements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69742B82" w14:textId="77777777" w:rsidR="008A094C" w:rsidRPr="0021099A" w:rsidRDefault="008A094C" w:rsidP="008A094C">
+    <w:p w14:paraId="69742B82" w14:textId="5E53860D" w:rsidR="008A094C" w:rsidRPr="0021099A" w:rsidRDefault="00896332" w:rsidP="00896332">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021099A">
+      <w:r w:rsidRPr="00896332">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>For example, the indication of funding sources</w:t>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896332">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information on funding bodies, project partners</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008A094C" w:rsidRPr="0021099A" w:rsidSect="004C0EAB">
+    <w:sectPr w:rsidR="008A094C" w:rsidRPr="0021099A" w:rsidSect="00896332">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="1417" w:bottom="567" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3AB9BD17" w14:textId="77777777" w:rsidR="004C0EAB" w:rsidRDefault="004C0EAB" w:rsidP="004C0EAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0B8A647E" w14:textId="77777777" w:rsidR="004C0EAB" w:rsidRDefault="004C0EAB" w:rsidP="004C0EAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -3512,51 +3559,51 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -3609,84 +3656,91 @@
     <w:p w14:paraId="44F538A9" w14:textId="77777777" w:rsidR="004C0EAB" w:rsidRDefault="004C0EAB" w:rsidP="004C0EAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="725756DD" w14:textId="3AE0CDB9" w:rsidR="004C0EAB" w:rsidRDefault="004C0EAB" w:rsidP="004C0EAB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D411855" wp14:editId="30C27D6E">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5D411855" wp14:editId="68895076">
+          <wp:extent cx="1440000" cy="462060"/>
+          <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Grafik 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:stretch>
-[...1 lines deleted...]
-                  </a:stretch>
+                  <a:srcRect l="3860" t="9399" r="3743" b="4587"/>
+                  <a:stretch/>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1873597" cy="645816"/>
+                    <a:ext cx="1440000" cy="462060"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6504A284"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
@@ -4497,57 +4551,56 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="360271">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1911381573">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1095903735">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1099451255">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1446149676">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2062823128">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F659E5"/>
     <w:rsid w:val="0000052D"/>
     <w:rsid w:val="00007637"/>
     <w:rsid w:val="00026B8D"/>
     <w:rsid w:val="00031157"/>
     <w:rsid w:val="00036575"/>
     <w:rsid w:val="00046D43"/>
@@ -4626,97 +4679,99 @@
     <w:rsid w:val="00516A43"/>
     <w:rsid w:val="00550750"/>
     <w:rsid w:val="0055664E"/>
     <w:rsid w:val="005A3ABE"/>
     <w:rsid w:val="005B22EA"/>
     <w:rsid w:val="005D19DF"/>
     <w:rsid w:val="005D5E5E"/>
     <w:rsid w:val="005D604D"/>
     <w:rsid w:val="00625317"/>
     <w:rsid w:val="006677A1"/>
     <w:rsid w:val="00682DC5"/>
     <w:rsid w:val="006B60D6"/>
     <w:rsid w:val="006B7436"/>
     <w:rsid w:val="006E77F5"/>
     <w:rsid w:val="006F10FB"/>
     <w:rsid w:val="00754A71"/>
     <w:rsid w:val="007765EA"/>
     <w:rsid w:val="007C3707"/>
     <w:rsid w:val="007D3B72"/>
     <w:rsid w:val="00812517"/>
     <w:rsid w:val="0087206E"/>
     <w:rsid w:val="00876E4F"/>
     <w:rsid w:val="0087791B"/>
     <w:rsid w:val="00885F4B"/>
     <w:rsid w:val="0089158B"/>
+    <w:rsid w:val="00896332"/>
     <w:rsid w:val="008A094C"/>
     <w:rsid w:val="008B2440"/>
     <w:rsid w:val="008C3FBB"/>
     <w:rsid w:val="008C46CD"/>
     <w:rsid w:val="008D7917"/>
     <w:rsid w:val="008F54E0"/>
     <w:rsid w:val="008F73D1"/>
     <w:rsid w:val="00906D18"/>
     <w:rsid w:val="0091550F"/>
     <w:rsid w:val="00940713"/>
     <w:rsid w:val="009447F7"/>
     <w:rsid w:val="00963E28"/>
     <w:rsid w:val="00965A5C"/>
     <w:rsid w:val="009749A7"/>
     <w:rsid w:val="009965CD"/>
     <w:rsid w:val="00997AEA"/>
     <w:rsid w:val="009E2A7A"/>
     <w:rsid w:val="00A0005D"/>
     <w:rsid w:val="00A00A01"/>
     <w:rsid w:val="00A078DA"/>
     <w:rsid w:val="00A12289"/>
     <w:rsid w:val="00A13943"/>
     <w:rsid w:val="00A31439"/>
     <w:rsid w:val="00A31D97"/>
     <w:rsid w:val="00A34DEB"/>
     <w:rsid w:val="00A46DB6"/>
     <w:rsid w:val="00A6352D"/>
     <w:rsid w:val="00A90EB0"/>
     <w:rsid w:val="00A951D0"/>
     <w:rsid w:val="00AA0790"/>
     <w:rsid w:val="00AA438C"/>
     <w:rsid w:val="00AC50DC"/>
     <w:rsid w:val="00AD1090"/>
     <w:rsid w:val="00AD465B"/>
     <w:rsid w:val="00AE1817"/>
     <w:rsid w:val="00AF0E3B"/>
     <w:rsid w:val="00AF1B4B"/>
     <w:rsid w:val="00AF303E"/>
     <w:rsid w:val="00B20F02"/>
     <w:rsid w:val="00B21D61"/>
     <w:rsid w:val="00B550FB"/>
     <w:rsid w:val="00B62159"/>
     <w:rsid w:val="00B7580D"/>
     <w:rsid w:val="00B92399"/>
     <w:rsid w:val="00B945BE"/>
     <w:rsid w:val="00BB07ED"/>
     <w:rsid w:val="00BB46F7"/>
+    <w:rsid w:val="00BD5319"/>
     <w:rsid w:val="00BE12CA"/>
     <w:rsid w:val="00BF61E3"/>
     <w:rsid w:val="00C03875"/>
     <w:rsid w:val="00C11942"/>
     <w:rsid w:val="00C17BA4"/>
     <w:rsid w:val="00C2159C"/>
     <w:rsid w:val="00C23511"/>
     <w:rsid w:val="00C41F87"/>
     <w:rsid w:val="00C4201C"/>
     <w:rsid w:val="00C96C9F"/>
     <w:rsid w:val="00CA6458"/>
     <w:rsid w:val="00CB64C6"/>
     <w:rsid w:val="00CC3731"/>
     <w:rsid w:val="00CC61CA"/>
     <w:rsid w:val="00CD076F"/>
     <w:rsid w:val="00D02009"/>
     <w:rsid w:val="00D23942"/>
     <w:rsid w:val="00D23F54"/>
     <w:rsid w:val="00D37579"/>
     <w:rsid w:val="00D44D05"/>
     <w:rsid w:val="00D52732"/>
     <w:rsid w:val="00D96F72"/>
     <w:rsid w:val="00DA099D"/>
     <w:rsid w:val="00DA5C1C"/>
     <w:rsid w:val="00DB3BA9"/>
@@ -4743,51 +4798,51 @@
     <w:rsid w:val="00EE6F51"/>
     <w:rsid w:val="00EF636C"/>
     <w:rsid w:val="00F07ECD"/>
     <w:rsid w:val="00F24DB8"/>
     <w:rsid w:val="00F346E2"/>
     <w:rsid w:val="00F659E5"/>
     <w:rsid w:val="00FA0003"/>
     <w:rsid w:val="00FA4A14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0A85935E"/>
   <w15:docId w15:val="{BA1BE12A-4FEB-444D-811D-A26D4E2C57D4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -5993,66 +6048,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5100102D-9BA6-48A3-870C-F320B3CC2F75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>512</Words>
-  <Characters>3230</Characters>
+  <Words>516</Words>
+  <Characters>3258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Universität Hohenheim</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3735</CharactersWithSpaces>
+  <CharactersWithSpaces>3767</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Joachim</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>